--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -279,69 +279,90 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF2599D" w14:textId="77777777" w:rsidR="002452AC" w:rsidRDefault="002452AC" w:rsidP="002452AC">
       <w:r w:rsidRPr="002452AC">
         <w:t>当社は、個人情報の取扱いに関する苦情・相談を受け付ける窓口および責任者を以下の通り設けています。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5397D86F" w14:textId="77777777" w:rsidR="002452AC" w:rsidRPr="002452AC" w:rsidRDefault="002452AC" w:rsidP="002452AC"/>
     <w:p w14:paraId="3564CCF4" w14:textId="77777777" w:rsidR="002452AC" w:rsidRPr="002452AC" w:rsidRDefault="002452AC" w:rsidP="002452AC">
       <w:r w:rsidRPr="002452AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BIGLIGHT株式会社</w:t>
       </w:r>
       <w:r w:rsidRPr="002452AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>個人情報苦情・相談窓口</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77177C36" w14:textId="3FFBDF82" w:rsidR="002452AC" w:rsidRPr="002452AC" w:rsidRDefault="002452AC" w:rsidP="002452AC">
-[...1 lines deleted...]
-        <w:t>〒460-000</w:t>
+    <w:p w14:paraId="77177C36" w14:textId="6BCFDB12" w:rsidR="002452AC" w:rsidRPr="002452AC" w:rsidRDefault="002452AC" w:rsidP="002452AC">
+      <w:r w:rsidRPr="002452AC">
+        <w:t>〒46</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4DB6">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002452AC">
+        <w:t>-000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="002452AC">
         <w:br/>
         <w:t>愛知県</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>名古屋市北区如意一丁目１１２ A</w:t>
+        <w:t>名古屋市北区如意一丁目</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4DB6">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidRPr="002452AC">
         <w:br/>
         <w:t>Tel：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>052-908-7944</w:t>
       </w:r>
       <w:r w:rsidRPr="002452AC">
         <w:br/>
         <w:t>個人情報管理責任者：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>グェン　タン　トゥン</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57641102" w14:textId="77777777" w:rsidR="00511038" w:rsidRPr="002452AC" w:rsidRDefault="00511038"/>
     <w:sectPr w:rsidR="00511038" w:rsidRPr="002452AC">
       <w:pgSz w:w="11906" w:h="16838"/>
@@ -364,76 +385,78 @@
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002452AC"/>
     <w:rsid w:val="00000488"/>
     <w:rsid w:val="002452AC"/>
     <w:rsid w:val="00511038"/>
+    <w:rsid w:val="007C4DB6"/>
     <w:rsid w:val="00A60466"/>
+    <w:rsid w:val="00D56D25"/>
     <w:rsid w:val="00E14786"/>
     <w:rsid w:val="00E81B53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1650,54 +1673,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1011</Words>
-  <Characters>1045</Characters>
+  <Words>161</Words>
+  <Characters>923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1056</CharactersWithSpaces>
+  <CharactersWithSpaces>1082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>nguyễn thanh tùng</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>